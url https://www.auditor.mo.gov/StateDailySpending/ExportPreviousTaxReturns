--- v0 (2026-02-08)
+++ v1 (2026-02-10)
@@ -12,50 +12,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
+    <t>02/06/2026</t>
+  </si>
+  <si>
+    <t>$15,566,344.56</t>
+  </si>
+  <si>
     <t>02/05/2026</t>
   </si>
   <si>
     <t>$5,447,401.87</t>
   </si>
   <si>
     <t>02/04/2026</t>
   </si>
   <si>
     <t>$38,135,526.41</t>
   </si>
   <si>
     <t>02/03/2026</t>
   </si>
   <si>
     <t>$2,200,896.66</t>
   </si>
   <si>
     <t>02/02/2026</t>
   </si>
   <si>
     <t>$14,641,934.89</t>
   </si>
   <si>
     <t>01/29/2026</t>
@@ -184,56 +190,50 @@
     <t>$634,772.09</t>
   </si>
   <si>
     <t>12/19/2025</t>
   </si>
   <si>
     <t>$966,108.04</t>
   </si>
   <si>
     <t>12/18/2025</t>
   </si>
   <si>
     <t>$407,880.46</t>
   </si>
   <si>
     <t>12/17/2025</t>
   </si>
   <si>
     <t>$874,270.95</t>
   </si>
   <si>
     <t>12/16/2025</t>
   </si>
   <si>
     <t>$810,903.83</t>
-  </si>
-[...4 lines deleted...]
-    <t>$873,238.92</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>